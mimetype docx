--- v0 (2025-10-31)
+++ v1 (2026-03-03)
@@ -5,2223 +5,622 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="07B0D0E1" w14:textId="107F77ED" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webheader"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="backtotop"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="003D5593">
         <w:t>Novitasphere FAQs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2549FCA4" w14:textId="76F6F54D" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="2549FCA4" w14:textId="76F6F54D" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webheader2"/>
       </w:pPr>
       <w:hyperlink w:anchor="browser" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00163C6F">
+        <w:r w:rsidRPr="00163C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           </w:rPr>
           <w:t>Browser-</w:t>
         </w:r>
         <w:r w:rsidR="000028FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>r</w:t>
         </w:r>
-        <w:r w:rsidR="003D5593" w:rsidRPr="00163C6F">
+        <w:r w:rsidRPr="00163C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           </w:rPr>
           <w:t xml:space="preserve">elated </w:t>
         </w:r>
         <w:r w:rsidR="000028FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>q</w:t>
         </w:r>
-        <w:r w:rsidR="003D5593" w:rsidRPr="00163C6F">
+        <w:r w:rsidRPr="00163C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           </w:rPr>
           <w:t>uestions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="55136EBA" w14:textId="7AF4A571" w:rsidR="00E30E3E" w:rsidRPr="00E30E3E" w:rsidRDefault="00700031" w:rsidP="00E30E3E">
+    <w:p w14:paraId="55136EBA" w14:textId="7AF4A571" w:rsidR="00E30E3E" w:rsidRPr="00E30E3E" w:rsidRDefault="00E30E3E" w:rsidP="00E30E3E">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="searchfields" w:history="1">
-        <w:r w:rsidR="00E30E3E" w:rsidRPr="00E30E3E">
+        <w:r w:rsidRPr="00E30E3E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Where are the search fields?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1D358F9D" w14:textId="522499D9" w:rsidR="009C4670" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="1D358F9D" w14:textId="522499D9" w:rsidR="009C4670" w:rsidRDefault="009C4670" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="whycantiseefields" w:history="1">
-        <w:r w:rsidR="009C4670" w:rsidRPr="00E30E3E">
+        <w:r w:rsidRPr="00E30E3E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Why can't I see some of the fields?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="226DDC32" w14:textId="7B2D8ADF" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="226DDC32" w14:textId="7B2D8ADF" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="one" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00CC61FB">
+        <w:r w:rsidRPr="00CC61FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Why am I unable to tab between fields in Novitasphere? </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6BA541FA" w14:textId="0E0F80B6" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="6BA541FA" w14:textId="0E0F80B6" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="two" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00CC61FB">
+        <w:r w:rsidRPr="00CC61FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>I previously was able to use Chrome or Firefox to access the Identity Management System (IDM) and Novitasphere without issues, what changed?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3DE10F87" w14:textId="131990B1" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="3DE10F87" w14:textId="131990B1" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webheader2"/>
       </w:pPr>
       <w:hyperlink w:anchor="enrollment" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00163C6F">
+        <w:r w:rsidRPr="00163C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           </w:rPr>
           <w:t>Enrollment</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E1D83AF" w14:textId="7B1F3A15" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="7E1D83AF" w14:textId="7B1F3A15" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="three" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00CC61FB">
+        <w:r w:rsidRPr="00CC61FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>We are a group practice. Do we need to enroll each provider separately?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D51C204" w14:textId="4FFB408B" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="4D51C204" w14:textId="4FFB408B" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="four" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00CC61FB">
+        <w:r w:rsidRPr="00CC61FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Why do I need a new submitter ID?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="548CED97" w14:textId="47181039" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="548CED97" w14:textId="47181039" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="five" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00CC61FB">
+        <w:r w:rsidRPr="00CC61FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">If I have multiple Novitasphere </w:t>
         </w:r>
         <w:r w:rsidR="00E9202A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>s</w:t>
         </w:r>
-        <w:r w:rsidR="003D5593" w:rsidRPr="00CC61FB">
+        <w:r w:rsidRPr="00CC61FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">ubmitter IDs with the same </w:t>
         </w:r>
         <w:r w:rsidR="00E9202A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>t</w:t>
         </w:r>
-        <w:r w:rsidR="003D5593" w:rsidRPr="00CC61FB">
+        <w:r w:rsidRPr="00CC61FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ax ID, how do I register in IDM?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D83A767" w14:textId="6AFBC501" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="3D83A767" w14:textId="6AFBC501" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="six" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00CC61FB">
+        <w:r w:rsidRPr="00CC61FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Can providers continue to use their billing service/clearinghouse when enrolling for Novitasphere Portal?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7EB9E352" w14:textId="30501754" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="7EB9E352" w14:textId="30501754" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="seven" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00CC61FB">
+        <w:r w:rsidRPr="00CC61FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Can providers use their existing software when enrolling for Novitasphere Portal? </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C52B6E0" w14:textId="62D6EEF3" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="3C52B6E0" w14:textId="62D6EEF3" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="eight" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00CC61FB">
+        <w:r w:rsidRPr="00CC61FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>How can I convert multiple linked PTANs to my new portal submitter ID?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C3E9367" w14:textId="23E40277" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="4C3E9367" w14:textId="23E40277" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="nine" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00CC61FB">
+        <w:r w:rsidRPr="00CC61FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Where can I locate my new Novitasphere </w:t>
         </w:r>
         <w:r w:rsidR="00E9202A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>s</w:t>
         </w:r>
-        <w:r w:rsidR="003D5593" w:rsidRPr="00CC61FB">
+        <w:r w:rsidRPr="00CC61FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">ubmitter ID? </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="17A9C311" w14:textId="77D8E8B8" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="17A9C311" w14:textId="77D8E8B8" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="ten" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00CC61FB">
+        <w:r w:rsidRPr="00CC61FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>If my billing service/clearinghouse enrolls for Novitasphere Portal, what features will they have access to?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="66AD2530" w14:textId="07AC355D" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="66AD2530" w14:textId="07AC355D" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="eleven" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00CC61FB">
+        <w:r w:rsidRPr="00CC61FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Can I have access to Novitasphere if I am outside of the United States?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1B787D41" w14:textId="75433933" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="1B787D41" w14:textId="75433933" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webheader2"/>
       </w:pPr>
       <w:hyperlink w:anchor="idmuserids" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00163C6F">
+        <w:r w:rsidRPr="00163C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           </w:rPr>
           <w:t xml:space="preserve">IDM </w:t>
         </w:r>
         <w:r w:rsidR="00E9202A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>u</w:t>
         </w:r>
-        <w:r w:rsidR="003D5593" w:rsidRPr="00163C6F">
+        <w:r w:rsidRPr="00163C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           </w:rPr>
           <w:t xml:space="preserve">ser IDs </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7869DFC8" w14:textId="4636881A" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="7869DFC8" w14:textId="4636881A" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="twelve" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="008C55FD">
+        <w:r w:rsidRPr="008C55FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>I already have an IDM ID. How do I get access to Novitasphere?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="10BAEC34" w14:textId="1B31489E" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="10BAEC34" w14:textId="1B31489E" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="thirteen" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="008C55FD">
+        <w:r w:rsidRPr="008C55FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>When I try to register, I get an error message saying the Social Security number (SSN) is already in use. What should I do?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6E0433C5" w14:textId="3F526347" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="6E0433C5" w14:textId="3F526347" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="fourteen" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="008C55FD">
+        <w:r w:rsidRPr="008C55FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Why are SSNs needed when users register in IDM? </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="32430534" w14:textId="15162365" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="32430534" w14:textId="15162365" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="fifteen" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="008C55FD">
+        <w:r w:rsidRPr="008C55FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>I need to make a change in IDM, what do I need to do?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="502B6073" w14:textId="48E6DED9" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="502B6073" w14:textId="48E6DED9" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="sixteen" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="008C55FD">
+        <w:r w:rsidRPr="008C55FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">One of my </w:t>
         </w:r>
         <w:r w:rsidR="00E9202A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>e</w:t>
         </w:r>
-        <w:r w:rsidR="003D5593" w:rsidRPr="008C55FD">
+        <w:r w:rsidRPr="008C55FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">nd </w:t>
         </w:r>
         <w:r w:rsidR="00E9202A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>u</w:t>
         </w:r>
-        <w:r w:rsidR="003D5593" w:rsidRPr="008C55FD">
+        <w:r w:rsidRPr="008C55FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>sers has left the company. How do I remove their Novitasphere access?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="054692C1" w14:textId="2916E4EF" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="054692C1" w14:textId="2916E4EF" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webheader2"/>
       </w:pPr>
       <w:hyperlink w:anchor="novitasphereroles" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00163C6F">
+        <w:r w:rsidRPr="00163C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           </w:rPr>
           <w:t xml:space="preserve"> Novitasphere </w:t>
         </w:r>
         <w:r w:rsidR="000028FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>r</w:t>
         </w:r>
-        <w:r w:rsidR="003D5593" w:rsidRPr="00163C6F">
+        <w:r w:rsidRPr="00163C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           </w:rPr>
           <w:t xml:space="preserve">oles </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7F78A6AA" w14:textId="56421070" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="7F78A6AA" w14:textId="56421070" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="seventeen" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="000755CF">
+        <w:r w:rsidRPr="000755CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>How does additional staff get access to Novitasphere?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="529EBC92" w14:textId="28A0ED2B" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
+    <w:p w14:paraId="529EBC92" w14:textId="28A0ED2B" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="003D5593">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
       </w:pPr>
       <w:hyperlink w:anchor="eighteen" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="000755CF">
+        <w:r w:rsidRPr="000755CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">I need to update the </w:t>
         </w:r>
         <w:r w:rsidR="00E9202A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="003D5593" w:rsidRPr="000755CF">
+        <w:r w:rsidRPr="000755CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">ffice </w:t>
         </w:r>
         <w:r w:rsidR="00E9202A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>a</w:t>
         </w:r>
-        <w:r w:rsidR="003D5593" w:rsidRPr="000755CF">
+        <w:r w:rsidRPr="000755CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">pprover for my </w:t>
         </w:r>
         <w:r w:rsidR="00E9202A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="003D5593" w:rsidRPr="000755CF">
+        <w:r w:rsidRPr="000755CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>rganization. What steps do I need to take?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2EB50DC6" w14:textId="71BFB1E8" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="003D5593">
-[...9 lines deleted...]
-          <w:t>Eligibility</w:t>
+    <w:p w14:paraId="7C143E57" w14:textId="77777777" w:rsidR="006D7038" w:rsidRDefault="006D7038" w:rsidP="006D7038">
+      <w:pPr>
+        <w:pStyle w:val="webnormal"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="browser"/>
+    </w:p>
+    <w:p w14:paraId="13172DB4" w14:textId="1A1A3FF4" w:rsidR="001046C3" w:rsidRPr="001046C3" w:rsidRDefault="001046C3" w:rsidP="006D7038">
+      <w:pPr>
+        <w:pStyle w:val="webnormal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001046C3">
+        <w:t xml:space="preserve">Comprehensive instructions for </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">using all features in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001046C3">
+        <w:t>Novitasphere</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001046C3">
+        <w:t xml:space="preserve">are available in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="001046C3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Novitasphere user guide</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...1630 lines deleted...]
-    <w:p w14:paraId="29597589" w14:textId="670EB4E5" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="00104581">
+      <w:r w:rsidRPr="001046C3">
+        <w:t xml:space="preserve">. Always refer to the user guide for questions related to Novitasphere. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E77868D" w14:textId="77777777" w:rsidR="001046C3" w:rsidRDefault="001046C3" w:rsidP="00104581">
+      <w:pPr>
+        <w:pStyle w:val="webheader3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29597589" w14:textId="67F99FE2" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="00104581">
       <w:pPr>
         <w:pStyle w:val="webheader3"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">Browser-Related </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>q</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t>uestions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="085ECA84" w14:textId="77777777" w:rsidR="009C4670" w:rsidRDefault="009C4670" w:rsidP="009C4670">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="searchfields"/>
       <w:bookmarkStart w:id="3" w:name="one"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t>Where are the search fields?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55968455" w14:textId="144DADD0" w:rsidR="009C4670" w:rsidRPr="009C4670" w:rsidRDefault="009C4670" w:rsidP="009C4670">
       <w:pPr>
         <w:pStyle w:val="webindent1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C4670">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
           <w:b w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The search window may be minimized. It is located on the left of each feature's initial </w:t>
       </w:r>
       <w:r w:rsidR="00E30E3E" w:rsidRPr="009C4670">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>screen,</w:t>
       </w:r>
       <w:r w:rsidRPr="009C4670">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> but it may be minimized. Click the blue box with a magnifying glass located next to the instructions to reopen the search box. Scrolling may also be necessary based on your browser's zoom settings. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="600C4668" w14:textId="0311B80B" w:rsidR="009C4670" w:rsidRDefault="009C4670" w:rsidP="009C4670">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="whycantiseefields"/>
@@ -2481,81 +880,98 @@
         <w:t xml:space="preserve">rganizations with the same </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t>ax ID in IDM will cause errors messages when using Novitasphere.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21465158" w14:textId="738AF54B" w:rsidR="003D5593" w:rsidRPr="00847F06" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="six"/>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t>Can providers continue to use their billing service/clearinghouse when enrolling for Novitasphere Portal?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p w14:paraId="21AB529F" w14:textId="77777777" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
+    <w:p w14:paraId="21AB529F" w14:textId="501CFE1F" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webindent1"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5593">
-        <w:t>You can continue to submit claims and retrieve your reports through an existing billing service or clearinghouse if you desire, and still use the other features in Novitasphere.</w:t>
+        <w:t>You can continue to submit claims and retrieve your reports through an existing billing service or clearinghouse</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7E13" w:rsidRPr="003D5593">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5593">
+        <w:t xml:space="preserve"> still use the other features in Novitasphere.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="448D5356" w14:textId="4218710F" w:rsidR="003D5593" w:rsidRPr="00847F06" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="seven"/>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t>Can providers use their existing software when enrolling for Novitasphere Portal?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:p w14:paraId="7CC2DF35" w14:textId="77777777" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
+    <w:p w14:paraId="7CC2DF35" w14:textId="57E5DB42" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webindent1"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5593">
-        <w:lastRenderedPageBreak/>
-        <w:t>You can continue to create claims through your existing software and submit claims through your current method, and still use the other features in Novitasphere.</w:t>
+        <w:t>You can continue to create claims through your existing software and submit claims through your current method</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7E13">
+        <w:t xml:space="preserve"> while</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5593">
+        <w:t xml:space="preserve"> us</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7E13">
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5593">
+        <w:t xml:space="preserve"> the other features in Novitasphere.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF9F3B5" w14:textId="4DB72318" w:rsidR="003D5593" w:rsidRPr="00847F06" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="eight"/>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t>How can I convert multiple linked PTANs to my new portal submitter ID?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p w14:paraId="29C4B1C0" w14:textId="10318CAF" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webindent1"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5593">
         <w:t>Direct EDI submitters, billing services and clearinghouses can use the Novitasphere Migration List Template to request the conversion of multiple PTANs from their current submitter ID to their new Novitasphere submitter ID, rather than EDI Enrollment forms</w:t>
       </w:r>
@@ -2565,309 +981,286 @@
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">for each provider. Otherwise, customers may send a letter on office letterhead and include the PTAN and NPI of each customer converting, the name of the provider, the current </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">ubmitter ID, </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">lectronic </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">emittance </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
-        <w:t xml:space="preserve">dvice (ERA) designation (default is to maintain current setup if nothing is indicated), and an authorized signature. If you wait to send this request until after your enrollment request is processed, please also include the new Novitasphere submitter ID that has been </w:t>
+        <w:t xml:space="preserve">dvice (ERA) designation (default is to maintain current setup if nothing is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5593">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">indicated), and an authorized signature. If you wait to send this request until after your enrollment request is processed, please also include the new Novitasphere submitter ID that has been </w:t>
       </w:r>
       <w:r w:rsidR="005064DB" w:rsidRPr="003D5593">
         <w:t>assigned and</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve"> send</w:t>
       </w:r>
       <w:r w:rsidR="005064DB">
         <w:t xml:space="preserve"> it with</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve"> the EDI Fax Cover Sheet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79E3DBBA" w14:textId="7294F200" w:rsidR="003D5593" w:rsidRPr="00847F06" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="nine"/>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t>Where can I locate my new Novitasphere Submitter ID?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:p w14:paraId="35716BA0" w14:textId="341E8E1A" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
+    <w:p w14:paraId="35716BA0" w14:textId="28194879" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webindent1"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">Your Novitasphere </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">ubmitter ID will be included in your initial Novitasphere enrollment letter from </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>us</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">. If you do not have your letter, the </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">ubmitter ID </w:t>
       </w:r>
       <w:r w:rsidR="00783AC6">
         <w:t>can be found</w:t>
       </w:r>
       <w:r w:rsidR="00783AC6" w:rsidRPr="003D5593">
         <w:t xml:space="preserve"> in</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
-        <w:t xml:space="preserve"> the My Account Profile feature.</w:t>
+        <w:t xml:space="preserve"> the My Account Profile </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7E13">
+        <w:t>link accessed on the bottom menu bar in Novitasphere.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3AB91B" w14:textId="5FBDB329" w:rsidR="003D5593" w:rsidRPr="00847F06" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="ten"/>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t xml:space="preserve">If my billing service/clearinghouse enrolls for Novitasphere Portal, what features will </w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t>they have</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t>access to?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76DC34CB" w14:textId="77777777" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
+    <w:p w14:paraId="76DC34CB" w14:textId="6BD5A49C" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00FA7E13" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webindent1"/>
       </w:pPr>
-      <w:r w:rsidRPr="003D5593">
-        <w:t>If your billing service or clearinghouse enrolls for Novitasphere, they will have access to all available features in Novitasphere. They may use as many or few of these features as they wish.</w:t>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="003D5593" w:rsidRPr="003D5593">
+        <w:t>hey will have access to all available features in Novitasphere.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E256D7" w14:textId="15112C21" w:rsidR="003D5593" w:rsidRPr="00847F06" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="eleven"/>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t>Can I have access to Novitasphere if I am outside of the United States?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:p w14:paraId="1E2A6321" w14:textId="580D3231" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
+    <w:p w14:paraId="1E2A6321" w14:textId="3A7893BE" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00FA7E13" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webindent1"/>
       </w:pPr>
-      <w:r w:rsidRPr="003D5593">
+      <w:r>
+        <w:t xml:space="preserve">No. </w:t>
+      </w:r>
+      <w:r w:rsidR="003D5593" w:rsidRPr="003D5593">
         <w:t>CMS restricts work that is performed outside of the United States. System functions include the transmission of electronic claims, receipt of electronic remittance advice, or the access to any system for beneficiary and/or eligibility information. Any request for access to Novitasphere by an overseas party will be immediately denied by Novitas Solutions, Inc. Additionally, users who are identified as accessing the system via an IP address outside of the United States will have their Novitasphere access removed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B29A78D" w14:textId="23A651FD" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="00783AC6">
+    <w:p w14:paraId="5B29A78D" w14:textId="23A651FD" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="00783AC6">
       <w:pPr>
         <w:pStyle w:val="websmall"/>
       </w:pPr>
       <w:hyperlink w:anchor="backtotop" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00783AC6">
+        <w:r w:rsidRPr="00783AC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Back to Top</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="680DBFC3" w14:textId="3A3C5F82" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webheader3"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="idmuserids"/>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">IDM </w:t>
       </w:r>
       <w:r w:rsidR="00E9202A">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t>ser IDs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7282791F" w14:textId="7B9A7F5D" w:rsidR="003D5593" w:rsidRPr="00847F06" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="twelve"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t>I already have an IDM ID. How do I get access to Novitasphere?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p w14:paraId="126D9FF0" w14:textId="0A32D55C" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
+    <w:p w14:paraId="126D9FF0" w14:textId="061FAD2C" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00FA7E13" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webindent1"/>
       </w:pPr>
-      <w:r w:rsidRPr="003D5593">
-[...36 lines deleted...]
-        <w:t>pprover, you will still need to complete the EDI Portal Enrollment form (8292P or 8291P</w:t>
+      <w:r>
+        <w:t xml:space="preserve">Sign in to IDM using your existing account and request a new role for Novitasphere. Do not create another user ID. </w:t>
+      </w:r>
+      <w:r w:rsidR="003D5593" w:rsidRPr="003D5593">
+        <w:t>If you</w:t>
+      </w:r>
+      <w:r>
+        <w:t>r provider office is not yet enrolled, complete the</w:t>
+      </w:r>
+      <w:r w:rsidR="003D5593" w:rsidRPr="003D5593">
+        <w:t xml:space="preserve"> EDI Portal Enrollment form (8292P or 8291P</w:t>
       </w:r>
       <w:r w:rsidR="00BC4E91">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D5593">
+      <w:r>
+        <w:t xml:space="preserve"> before submitting the role request</w:t>
+      </w:r>
+      <w:r w:rsidR="003D5593" w:rsidRPr="003D5593">
         <w:t xml:space="preserve">. Once the form is processed and you have been notified, please follow the steps in our </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00783AC6">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="003D5593" w:rsidRPr="00783AC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Novitasphere IDM Instructions</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003D5593">
+      <w:r w:rsidR="003D5593" w:rsidRPr="003D5593">
         <w:t xml:space="preserve"> to request the appropriate Novitasphere role (step 2). This will add the Novitasphere application to your existing IDM </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB44C1" w:rsidRPr="003D5593">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00BC4E91">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00EB44C1" w:rsidRPr="003D5593">
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003D5593">
-[...12 lines deleted...]
-        <w:t>pprover completes their steps. You will not create another User ID.</w:t>
+      <w:r w:rsidR="003D5593" w:rsidRPr="003D5593">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="129D6F77" w14:textId="12F73E85" w:rsidR="003D5593" w:rsidRPr="00847F06" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="thirteen"/>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t>When I try to register, I get an error message saying the Social Security number (SSN) is</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t>already in use. What should I do?</w:t>
@@ -2880,51 +1273,50 @@
       <w:r w:rsidRPr="003D5593">
         <w:t>This message means that the SSN entered has an IDM account. First, validate that the SSN is typed correctly. If the SSN is correct, you may have an account. To verify this, use the Forgot User ID? feature on the Login screen. Your User ID will remain yours, even if you have moved to a different organization. Do not create another User ID.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27D616BA" w14:textId="7B8F76E6" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webbullet3"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5593">
         <w:t>Navigate to https://home.idm.cms.gov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B32B4C9" w14:textId="0ED0E1B5" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webbullet3"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5593">
         <w:t>Select “Forgot your User ID?”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E8C3192" w14:textId="6C7F6CB3" w:rsidR="005064DB" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webbullet3"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5593">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Enter E-mail </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">ddress, </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">irst </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">ame, </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">ast </w:t>
@@ -2952,94 +1344,101 @@
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">ip </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t>ode</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="434E6D58" w14:textId="074ECCEE" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webbullet3"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">Click </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t>ubmit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C59925" w14:textId="77777777" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
+    <w:p w14:paraId="32C59925" w14:textId="43A572AD" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webindent1"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5593">
-        <w:t>You will receive confirmation that your information has been successfully verified and an e-mail will be sent to you with your User ID. If you are unable to retrieve your User ID, please contact the Novitasphere Help Desk at 1-855-880-8424 for assistance.</w:t>
+        <w:t>You will receive confirmation that your information has been successfully verified</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7E13">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5593">
+        <w:t xml:space="preserve"> and an e-mail will be sent to you with your User ID. If you are unable to retrieve your User ID, please contact the Novitasphere Help Desk at 1-855-880-8424 for assistance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6190E18D" w14:textId="41A5B4DE" w:rsidR="003D5593" w:rsidRPr="00847F06" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="fourteen"/>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t>Why are SSNs needed when users register in IDM?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p w14:paraId="0E29D882" w14:textId="77777777" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webindent1"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5593">
         <w:t>The Novitasphere portal utilizes IDM for Identity management. IDM requires a user to enter their SSN during registration. The name, address, telephone number, SSN and date of birth are collected for identify verification purposes only.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A82FC17" w14:textId="50055E22" w:rsidR="003D5593" w:rsidRPr="00847F06" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="fifteen"/>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> I need to make a change in IDM, what do I need to do?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p w14:paraId="3E0DFBDC" w14:textId="303B204C" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webindent1"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">Updating name, SSN or </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">ate of </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">irth: Legitimate changes to the </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>f</w:t>
@@ -3195,51 +1594,51 @@
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">nd </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">ser remove the Novitasphere role in IDM. If the </w:t>
       </w:r>
       <w:r w:rsidR="000028FF">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t>nd User is unable to do so (</w:t>
       </w:r>
       <w:r w:rsidR="00783AC6" w:rsidRPr="003D5593">
         <w:t>e.g.,</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve"> has left the company), please complete the steps outlined in the IDM Instructions for </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00890373">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Office </w:t>
         </w:r>
         <w:r w:rsidR="00B66F4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>a</w:t>
         </w:r>
         <w:r w:rsidRPr="00890373">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">pprover/Office </w:t>
         </w:r>
         <w:r w:rsidR="00B66F4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>b</w:t>
         </w:r>
         <w:r w:rsidRPr="00890373">
@@ -3303,90 +1702,90 @@
           <w:t>u</w:t>
         </w:r>
         <w:r w:rsidRPr="00890373">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">ser </w:t>
         </w:r>
         <w:r w:rsidR="00B66F4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>a</w:t>
         </w:r>
         <w:r w:rsidRPr="00890373">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ccess</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D5593">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DEE6128" w14:textId="6316A86A" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00700031" w:rsidP="00783AC6">
+    <w:p w14:paraId="7DEE6128" w14:textId="6316A86A" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="00783AC6">
       <w:pPr>
         <w:pStyle w:val="websmall"/>
       </w:pPr>
       <w:hyperlink w:anchor="backtotop" w:history="1">
-        <w:r w:rsidR="003D5593" w:rsidRPr="00783AC6">
+        <w:r w:rsidRPr="00783AC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Back to Top</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3D123AC3" w14:textId="77777777" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webheader3"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="novitasphereroles"/>
       <w:r w:rsidRPr="003D5593">
         <w:t>Novitasphere Roles</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F650ECC" w14:textId="6EEE4988" w:rsidR="003D5593" w:rsidRPr="00847F06" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="seventeen"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t>How does additional staff get access to Novitasphere?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:p w14:paraId="62F59EA5" w14:textId="0FE34B22" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
+    <w:p w14:paraId="62F59EA5" w14:textId="0843310D" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webindent1"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">Each user must request their own access. Instruct your colleagues to access IDM and register as the </w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">ffice </w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t>ack-</w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">p </w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
@@ -3401,4096 +1800,183 @@
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">nd </w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">sers as appropriate. Office </w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t>ack-</w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">p </w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
-        <w:t xml:space="preserve">pprover requests will be reviewed by Novitas staff. End User requests will generate an e-mail to the </w:t>
+        <w:t xml:space="preserve">pprover requests will be reviewed by Novitas staff. End User requests will generate an email to the </w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">ffice </w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t>pprover that they have a request that is “</w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
         <w:t xml:space="preserve">ending </w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5593">
-        <w:t>pproval”. They will need to log into IDM and approve the request.</w:t>
+        <w:t>pproval”. They will need to log in</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7E13">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5593">
+        <w:t>to IDM and approve the request.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03D40792" w14:textId="38206AB2" w:rsidR="003D5593" w:rsidRPr="00847F06" w:rsidRDefault="003D5593" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webnumbered1"/>
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="eighteen"/>
       <w:r w:rsidRPr="00847F06">
         <w:rPr>
           <w:rStyle w:val="webbold"/>
         </w:rPr>
         <w:t>I need to update the Office Approver for my Organization. What steps do I need to take?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:p w14:paraId="78332787" w14:textId="4BB1CFA8" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="003D5593" w:rsidP="005064DB">
+    <w:p w14:paraId="78332787" w14:textId="14BD7ED1" w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidRDefault="00E0279D" w:rsidP="005064DB">
       <w:pPr>
         <w:pStyle w:val="webindent1"/>
       </w:pPr>
-      <w:r w:rsidRPr="003D5593">
-[...3 lines deleted...]
-        <w:r w:rsidRPr="00890373">
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="003D5593" w:rsidRPr="003D5593">
+        <w:t xml:space="preserve">omplete the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="003D5593" w:rsidRPr="00890373">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>EDI Submitter ID Update Request Form</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003D5593">
+      <w:r w:rsidR="003D5593" w:rsidRPr="003D5593">
         <w:t xml:space="preserve"> to update the </w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D5593">
+      <w:r w:rsidR="003D5593" w:rsidRPr="003D5593">
         <w:t xml:space="preserve">ffice </w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D5593">
+      <w:r w:rsidR="003D5593" w:rsidRPr="003D5593">
         <w:t xml:space="preserve">pprover name. Once this form is processed, the new </w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D5593">
+      <w:r w:rsidR="003D5593" w:rsidRPr="003D5593">
         <w:t xml:space="preserve">ffice </w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D5593">
+      <w:r w:rsidR="003D5593" w:rsidRPr="003D5593">
         <w:t xml:space="preserve">pprover will need to log into IDM and register as the </w:t>
       </w:r>
       <w:r w:rsidR="00B66F4F">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D5593">
+      <w:r w:rsidR="003D5593" w:rsidRPr="003D5593">
         <w:t>pprover for your office.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="25" w:name="eligibility"/>
-[...3921 lines deleted...]
-    <w:sectPr w:rsidR="008543B3" w:rsidRPr="003D5593" w:rsidSect="00691F2B">
+    <w:sectPr w:rsidR="003D5593" w:rsidRPr="003D5593" w:rsidSect="00691F2B">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3EB94601" w14:textId="77777777" w:rsidR="003105F2" w:rsidRDefault="003105F2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1E04FD4D" w14:textId="77777777" w:rsidR="003105F2" w:rsidRDefault="003105F2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7521,70 +2007,70 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="32B0AD1B" w14:textId="77777777" w:rsidR="003105F2" w:rsidRDefault="003105F2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3F1FB5DA" w14:textId="77777777" w:rsidR="003105F2" w:rsidRDefault="003105F2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="082109EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1840C552"/>
     <w:lvl w:ilvl="0" w:tplc="2D243406">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="webnumbered2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
@@ -8343,475 +2829,522 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1341615203">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2069839319">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="828864227">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1138188413">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1724" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:documentProtection w:formatting="1" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:clickAndTypeStyle w:val="webcomment"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003371B3"/>
     <w:rsid w:val="000012CF"/>
     <w:rsid w:val="000028FF"/>
     <w:rsid w:val="00007CD7"/>
+    <w:rsid w:val="000123D6"/>
     <w:rsid w:val="000148D8"/>
     <w:rsid w:val="0001579D"/>
     <w:rsid w:val="000166AA"/>
     <w:rsid w:val="000224AF"/>
     <w:rsid w:val="00042AD6"/>
     <w:rsid w:val="00043726"/>
     <w:rsid w:val="00060A1D"/>
     <w:rsid w:val="0006607D"/>
     <w:rsid w:val="000733F0"/>
     <w:rsid w:val="000755CF"/>
     <w:rsid w:val="00080108"/>
     <w:rsid w:val="0008052A"/>
     <w:rsid w:val="00080A3E"/>
     <w:rsid w:val="000B6142"/>
     <w:rsid w:val="000C1D4A"/>
+    <w:rsid w:val="000C5088"/>
     <w:rsid w:val="000D6221"/>
     <w:rsid w:val="000E3ABD"/>
     <w:rsid w:val="000E42A0"/>
     <w:rsid w:val="000E4DD0"/>
+    <w:rsid w:val="001046C3"/>
     <w:rsid w:val="001079B3"/>
     <w:rsid w:val="00116EC3"/>
     <w:rsid w:val="00126ABD"/>
+    <w:rsid w:val="00127023"/>
     <w:rsid w:val="00130DF9"/>
     <w:rsid w:val="00135C0C"/>
     <w:rsid w:val="00145DCD"/>
     <w:rsid w:val="00157BBA"/>
     <w:rsid w:val="00161E4E"/>
     <w:rsid w:val="00163C6F"/>
     <w:rsid w:val="00164F70"/>
     <w:rsid w:val="00170A5A"/>
     <w:rsid w:val="00173035"/>
     <w:rsid w:val="001763B5"/>
     <w:rsid w:val="001962F3"/>
     <w:rsid w:val="001A0AB9"/>
     <w:rsid w:val="001A1808"/>
     <w:rsid w:val="001A4A9D"/>
     <w:rsid w:val="001B3377"/>
     <w:rsid w:val="001B5137"/>
     <w:rsid w:val="001C352A"/>
     <w:rsid w:val="001C4E73"/>
     <w:rsid w:val="001D2B14"/>
     <w:rsid w:val="001E6453"/>
+    <w:rsid w:val="001F44D1"/>
     <w:rsid w:val="00202A27"/>
     <w:rsid w:val="002076F9"/>
     <w:rsid w:val="0020771F"/>
+    <w:rsid w:val="00207EDA"/>
     <w:rsid w:val="0021337C"/>
     <w:rsid w:val="002144A6"/>
     <w:rsid w:val="002275F5"/>
     <w:rsid w:val="002323AA"/>
     <w:rsid w:val="0023446B"/>
     <w:rsid w:val="002435ED"/>
     <w:rsid w:val="00243D90"/>
     <w:rsid w:val="0024539B"/>
     <w:rsid w:val="00272E35"/>
     <w:rsid w:val="00274D2F"/>
     <w:rsid w:val="002758E8"/>
+    <w:rsid w:val="00280E23"/>
     <w:rsid w:val="00284504"/>
     <w:rsid w:val="002A478A"/>
     <w:rsid w:val="002B70F4"/>
     <w:rsid w:val="002D1EF0"/>
     <w:rsid w:val="002D28D4"/>
     <w:rsid w:val="002D3EEA"/>
     <w:rsid w:val="002E12FC"/>
     <w:rsid w:val="002E3AB3"/>
     <w:rsid w:val="002E77B3"/>
     <w:rsid w:val="002F5A21"/>
     <w:rsid w:val="003105F2"/>
     <w:rsid w:val="003160D6"/>
     <w:rsid w:val="003247CA"/>
     <w:rsid w:val="003367C8"/>
     <w:rsid w:val="003371B3"/>
     <w:rsid w:val="00340897"/>
     <w:rsid w:val="00341414"/>
     <w:rsid w:val="00362DFB"/>
     <w:rsid w:val="00365CEC"/>
     <w:rsid w:val="00366F39"/>
     <w:rsid w:val="00381EF7"/>
     <w:rsid w:val="00383A2C"/>
     <w:rsid w:val="00391469"/>
     <w:rsid w:val="003917A7"/>
     <w:rsid w:val="00392144"/>
     <w:rsid w:val="00396395"/>
     <w:rsid w:val="003A0A27"/>
     <w:rsid w:val="003A61E2"/>
     <w:rsid w:val="003B245A"/>
     <w:rsid w:val="003B6944"/>
     <w:rsid w:val="003C0769"/>
     <w:rsid w:val="003C5791"/>
     <w:rsid w:val="003D4B0E"/>
     <w:rsid w:val="003D5593"/>
+    <w:rsid w:val="003F658D"/>
     <w:rsid w:val="00406434"/>
     <w:rsid w:val="00406647"/>
     <w:rsid w:val="00412C8A"/>
     <w:rsid w:val="00415C49"/>
     <w:rsid w:val="004162AE"/>
     <w:rsid w:val="004277F2"/>
     <w:rsid w:val="0044015F"/>
     <w:rsid w:val="00463B41"/>
     <w:rsid w:val="00464B54"/>
     <w:rsid w:val="004714B0"/>
     <w:rsid w:val="0047397E"/>
     <w:rsid w:val="00474343"/>
     <w:rsid w:val="00483365"/>
+    <w:rsid w:val="00484ECE"/>
     <w:rsid w:val="0049375B"/>
     <w:rsid w:val="00496D32"/>
     <w:rsid w:val="004A222F"/>
     <w:rsid w:val="004C14C3"/>
     <w:rsid w:val="004C3204"/>
     <w:rsid w:val="004C5935"/>
     <w:rsid w:val="004D158C"/>
     <w:rsid w:val="004D42B2"/>
     <w:rsid w:val="004D75BF"/>
     <w:rsid w:val="004D7AE9"/>
     <w:rsid w:val="004E1DE7"/>
     <w:rsid w:val="004E54C2"/>
     <w:rsid w:val="005064DB"/>
     <w:rsid w:val="00510EDC"/>
     <w:rsid w:val="0051147D"/>
     <w:rsid w:val="00523141"/>
     <w:rsid w:val="00527D08"/>
     <w:rsid w:val="00531DC1"/>
+    <w:rsid w:val="00532CEE"/>
     <w:rsid w:val="00537159"/>
     <w:rsid w:val="00545760"/>
     <w:rsid w:val="00546ED7"/>
     <w:rsid w:val="0055281D"/>
     <w:rsid w:val="0055334E"/>
     <w:rsid w:val="005571E0"/>
+    <w:rsid w:val="00564249"/>
     <w:rsid w:val="005643F7"/>
     <w:rsid w:val="005660B9"/>
     <w:rsid w:val="0057140C"/>
     <w:rsid w:val="00585309"/>
     <w:rsid w:val="0058734D"/>
     <w:rsid w:val="0059356D"/>
     <w:rsid w:val="005C34DC"/>
     <w:rsid w:val="005C49B7"/>
     <w:rsid w:val="005E3B74"/>
     <w:rsid w:val="005F2EEE"/>
+    <w:rsid w:val="005F37A8"/>
     <w:rsid w:val="00615455"/>
     <w:rsid w:val="006161E0"/>
+    <w:rsid w:val="0061790A"/>
     <w:rsid w:val="00632C35"/>
     <w:rsid w:val="00640F69"/>
     <w:rsid w:val="00650CAE"/>
     <w:rsid w:val="00652FA6"/>
+    <w:rsid w:val="00660277"/>
     <w:rsid w:val="006733D7"/>
     <w:rsid w:val="00690182"/>
     <w:rsid w:val="00691F2B"/>
     <w:rsid w:val="00694A3C"/>
     <w:rsid w:val="00696F80"/>
     <w:rsid w:val="006A223F"/>
     <w:rsid w:val="006A73BD"/>
     <w:rsid w:val="006C3257"/>
     <w:rsid w:val="006C6067"/>
     <w:rsid w:val="006C6E27"/>
+    <w:rsid w:val="006D7038"/>
     <w:rsid w:val="006E3512"/>
     <w:rsid w:val="006E3869"/>
     <w:rsid w:val="006F0462"/>
     <w:rsid w:val="00700031"/>
     <w:rsid w:val="00715DDA"/>
     <w:rsid w:val="00732300"/>
     <w:rsid w:val="00732902"/>
     <w:rsid w:val="0073729C"/>
     <w:rsid w:val="0074467D"/>
     <w:rsid w:val="007449C6"/>
     <w:rsid w:val="00750800"/>
     <w:rsid w:val="007511A0"/>
     <w:rsid w:val="00757648"/>
     <w:rsid w:val="00764CBF"/>
     <w:rsid w:val="007706CF"/>
     <w:rsid w:val="00776370"/>
     <w:rsid w:val="00782849"/>
     <w:rsid w:val="00783AC6"/>
     <w:rsid w:val="00783F5E"/>
+    <w:rsid w:val="0079058A"/>
     <w:rsid w:val="007925FC"/>
     <w:rsid w:val="00794548"/>
     <w:rsid w:val="00794A1C"/>
     <w:rsid w:val="007A17BF"/>
+    <w:rsid w:val="007A2D80"/>
     <w:rsid w:val="007A468F"/>
+    <w:rsid w:val="007A6A0D"/>
     <w:rsid w:val="007B479D"/>
+    <w:rsid w:val="007D1DF3"/>
     <w:rsid w:val="007D24BF"/>
     <w:rsid w:val="007D2BDA"/>
     <w:rsid w:val="007D660D"/>
     <w:rsid w:val="007D6AFC"/>
     <w:rsid w:val="007E1394"/>
+    <w:rsid w:val="008038B6"/>
     <w:rsid w:val="00803F9D"/>
     <w:rsid w:val="00805BA7"/>
     <w:rsid w:val="008123FC"/>
     <w:rsid w:val="008322A2"/>
     <w:rsid w:val="00842068"/>
     <w:rsid w:val="00847F06"/>
     <w:rsid w:val="008543B3"/>
     <w:rsid w:val="00861C2B"/>
     <w:rsid w:val="008662E6"/>
     <w:rsid w:val="00874C13"/>
     <w:rsid w:val="0087547A"/>
     <w:rsid w:val="0088323E"/>
+    <w:rsid w:val="008845BF"/>
     <w:rsid w:val="00890373"/>
     <w:rsid w:val="008A01A1"/>
     <w:rsid w:val="008A0E01"/>
     <w:rsid w:val="008B2247"/>
     <w:rsid w:val="008B661D"/>
     <w:rsid w:val="008C55FD"/>
     <w:rsid w:val="008C5D0D"/>
     <w:rsid w:val="008D072E"/>
     <w:rsid w:val="008D1C21"/>
     <w:rsid w:val="008D2D77"/>
     <w:rsid w:val="008E7D1D"/>
     <w:rsid w:val="008F343B"/>
     <w:rsid w:val="008F5996"/>
+    <w:rsid w:val="008F6961"/>
     <w:rsid w:val="009013F1"/>
     <w:rsid w:val="00902005"/>
     <w:rsid w:val="009039A2"/>
     <w:rsid w:val="00910E64"/>
     <w:rsid w:val="009160D4"/>
     <w:rsid w:val="009312AD"/>
     <w:rsid w:val="0094439F"/>
     <w:rsid w:val="009446A8"/>
     <w:rsid w:val="00951FFA"/>
     <w:rsid w:val="00963CBD"/>
     <w:rsid w:val="00967D26"/>
     <w:rsid w:val="009811F7"/>
     <w:rsid w:val="00986FB4"/>
     <w:rsid w:val="0099202F"/>
+    <w:rsid w:val="009A2E28"/>
     <w:rsid w:val="009B5025"/>
     <w:rsid w:val="009B793F"/>
     <w:rsid w:val="009C311F"/>
     <w:rsid w:val="009C4670"/>
+    <w:rsid w:val="009E24AD"/>
+    <w:rsid w:val="009E398C"/>
     <w:rsid w:val="009F2FBC"/>
+    <w:rsid w:val="00A142E8"/>
+    <w:rsid w:val="00A15207"/>
     <w:rsid w:val="00A2303F"/>
     <w:rsid w:val="00A30EEE"/>
     <w:rsid w:val="00A42CA8"/>
     <w:rsid w:val="00A47CFF"/>
     <w:rsid w:val="00A5018E"/>
     <w:rsid w:val="00A5416C"/>
     <w:rsid w:val="00A716A3"/>
+    <w:rsid w:val="00A74BFD"/>
     <w:rsid w:val="00A776FA"/>
     <w:rsid w:val="00A8761B"/>
+    <w:rsid w:val="00A87A30"/>
     <w:rsid w:val="00AC113A"/>
     <w:rsid w:val="00AC40B7"/>
     <w:rsid w:val="00AC6501"/>
     <w:rsid w:val="00AE0084"/>
     <w:rsid w:val="00AE4BDF"/>
     <w:rsid w:val="00AE50EB"/>
     <w:rsid w:val="00AF426F"/>
     <w:rsid w:val="00AF522F"/>
     <w:rsid w:val="00AF55B0"/>
     <w:rsid w:val="00B012E7"/>
     <w:rsid w:val="00B02F92"/>
     <w:rsid w:val="00B0464B"/>
     <w:rsid w:val="00B139A8"/>
     <w:rsid w:val="00B14373"/>
+    <w:rsid w:val="00B271F1"/>
     <w:rsid w:val="00B2746C"/>
     <w:rsid w:val="00B30737"/>
     <w:rsid w:val="00B37C49"/>
     <w:rsid w:val="00B50442"/>
     <w:rsid w:val="00B61DE7"/>
     <w:rsid w:val="00B63CF6"/>
     <w:rsid w:val="00B63ECB"/>
     <w:rsid w:val="00B66F4F"/>
     <w:rsid w:val="00B71B9C"/>
+    <w:rsid w:val="00B71E71"/>
     <w:rsid w:val="00B764FF"/>
     <w:rsid w:val="00B96AA4"/>
     <w:rsid w:val="00B97C18"/>
+    <w:rsid w:val="00BB1A6C"/>
     <w:rsid w:val="00BC27EF"/>
     <w:rsid w:val="00BC4E91"/>
+    <w:rsid w:val="00BC7A45"/>
     <w:rsid w:val="00BE35C1"/>
     <w:rsid w:val="00BE6231"/>
     <w:rsid w:val="00BF0462"/>
     <w:rsid w:val="00BF1CAF"/>
     <w:rsid w:val="00C07EB9"/>
     <w:rsid w:val="00C12A86"/>
     <w:rsid w:val="00C16A79"/>
     <w:rsid w:val="00C17BFE"/>
+    <w:rsid w:val="00C228AD"/>
     <w:rsid w:val="00C22EAB"/>
     <w:rsid w:val="00C261AE"/>
     <w:rsid w:val="00C26EE6"/>
     <w:rsid w:val="00C325DC"/>
     <w:rsid w:val="00C32D9F"/>
     <w:rsid w:val="00C45E63"/>
     <w:rsid w:val="00C571E3"/>
     <w:rsid w:val="00C57E24"/>
     <w:rsid w:val="00C60E49"/>
     <w:rsid w:val="00C645DF"/>
     <w:rsid w:val="00C65EEA"/>
     <w:rsid w:val="00C719C3"/>
     <w:rsid w:val="00C76941"/>
     <w:rsid w:val="00C83D6E"/>
     <w:rsid w:val="00CA2EE0"/>
+    <w:rsid w:val="00CA38E9"/>
     <w:rsid w:val="00CC2B40"/>
     <w:rsid w:val="00CC61FB"/>
     <w:rsid w:val="00CC6B4B"/>
     <w:rsid w:val="00CD142A"/>
     <w:rsid w:val="00CD1E68"/>
     <w:rsid w:val="00CD546D"/>
     <w:rsid w:val="00CE0FED"/>
     <w:rsid w:val="00CF3312"/>
     <w:rsid w:val="00D002CA"/>
     <w:rsid w:val="00D0589C"/>
     <w:rsid w:val="00D05EB8"/>
     <w:rsid w:val="00D062D6"/>
     <w:rsid w:val="00D11DDE"/>
     <w:rsid w:val="00D179F3"/>
     <w:rsid w:val="00D30B29"/>
     <w:rsid w:val="00D464F9"/>
     <w:rsid w:val="00D50E2A"/>
     <w:rsid w:val="00D570F3"/>
     <w:rsid w:val="00D70D5F"/>
     <w:rsid w:val="00DA23EA"/>
     <w:rsid w:val="00DA34A8"/>
     <w:rsid w:val="00DA7DC9"/>
     <w:rsid w:val="00DB2622"/>
+    <w:rsid w:val="00DB3984"/>
     <w:rsid w:val="00DB4FF7"/>
     <w:rsid w:val="00DC7AD5"/>
     <w:rsid w:val="00DD386E"/>
     <w:rsid w:val="00DE6F7A"/>
     <w:rsid w:val="00DF43DE"/>
+    <w:rsid w:val="00E0279D"/>
     <w:rsid w:val="00E02D5F"/>
+    <w:rsid w:val="00E051C2"/>
     <w:rsid w:val="00E111AB"/>
     <w:rsid w:val="00E17416"/>
+    <w:rsid w:val="00E24CD0"/>
     <w:rsid w:val="00E30A2B"/>
     <w:rsid w:val="00E30E3E"/>
+    <w:rsid w:val="00E311B6"/>
     <w:rsid w:val="00E6093E"/>
     <w:rsid w:val="00E60C0C"/>
     <w:rsid w:val="00E635D6"/>
     <w:rsid w:val="00E728EC"/>
+    <w:rsid w:val="00E83A46"/>
     <w:rsid w:val="00E9138E"/>
     <w:rsid w:val="00E9202A"/>
     <w:rsid w:val="00EA3226"/>
     <w:rsid w:val="00EA68CB"/>
     <w:rsid w:val="00EB44C1"/>
     <w:rsid w:val="00EB4B3C"/>
     <w:rsid w:val="00EB4E7D"/>
     <w:rsid w:val="00EB5DFD"/>
     <w:rsid w:val="00EB63AF"/>
     <w:rsid w:val="00EB7392"/>
     <w:rsid w:val="00EC1F86"/>
     <w:rsid w:val="00EC33BA"/>
     <w:rsid w:val="00EC430E"/>
     <w:rsid w:val="00EC513E"/>
     <w:rsid w:val="00F00CBC"/>
     <w:rsid w:val="00F02B24"/>
+    <w:rsid w:val="00F073F9"/>
     <w:rsid w:val="00F1174A"/>
     <w:rsid w:val="00F23054"/>
     <w:rsid w:val="00F24C70"/>
     <w:rsid w:val="00F2708C"/>
     <w:rsid w:val="00F36136"/>
     <w:rsid w:val="00F37223"/>
     <w:rsid w:val="00F4426B"/>
+    <w:rsid w:val="00F44E49"/>
     <w:rsid w:val="00F517E9"/>
     <w:rsid w:val="00F761EF"/>
+    <w:rsid w:val="00F8209D"/>
     <w:rsid w:val="00F82CA6"/>
     <w:rsid w:val="00F85581"/>
+    <w:rsid w:val="00FA3369"/>
+    <w:rsid w:val="00FA7E13"/>
     <w:rsid w:val="00FC3EBB"/>
     <w:rsid w:val="00FD0679"/>
     <w:rsid w:val="00FD60E2"/>
     <w:rsid w:val="00FD65A9"/>
+    <w:rsid w:val="00FF4477"/>
     <w:rsid w:val="00FF4510"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="58705B09"/>
   <w15:docId w15:val="{EBB2D12B-DA93-4821-9AC2-A69DA5947912}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9579,55 +4112,169 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00C17BFE"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B14373"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00A87A30"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00A87A30"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A87A30"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00A87A30"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A87A30"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="008845BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008845BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="008845BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008845BF"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="6368222">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="9111270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11291,51 +5938,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2098600394">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.novitas-solutions.com/webcenter/content/conn/UCM_Repository/uuid/dDocName:00004545" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ddocname:00084216" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ddocname:00024651" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ddocname:00115361" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ddocname:00004608" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ddocname:00004595" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ddocname:00004555" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ddocname:00024651" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ddocname:00004589" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.novitas-solutions.com/webcenter/content/conn/UCM_Repository/uuid/dDocName:00086496" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cms.gov/medicare/medicaid-coordination/qualified-medicare-beneficiary-program" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ddocname:00115361" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ddocname:00024651" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ddocname:00298193" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.novitas-solutions.com/webcenter/content/conn/UCM_Repository/uuid/dDocName:00004545" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11596,50 +6243,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010069B6333D69391A4E99490FA9D001EFF2" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="22b4f09d78445206be5114e9b5a92847">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6834f8c0c0eabdc6c42b2f987c760c09">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
@@ -11709,140 +6369,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE147B12-90FB-4876-917D-4A5E6431B6D1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B4D09D0-27D5-403A-99C9-3EF667BDB88D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{124DDC5F-CE1D-48AA-8FFE-DDEF83B03CB7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C813DFF-B30B-4827-90FD-E0C5BC473D55}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>35907</Characters>
+  <Pages>4</Pages>
+  <Words>1655</Words>
+  <Characters>9007</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>299</Lines>
-  <Paragraphs>84</Paragraphs>
+  <Lines>75</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>[Document header]</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>FCSO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>42303</CharactersWithSpaces>
+  <CharactersWithSpaces>10641</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>[Document header]</dc:title>
   <dc:subject>[Document header]</dc:subject>
   <dc:creator>Keefer, Felecia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010069B6333D69391A4E99490FA9D001EFF2</vt:lpwstr>
   </property>
 </Properties>